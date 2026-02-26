--- v0 (2025-11-23)
+++ v1 (2026-02-26)
@@ -3062,83 +3062,85 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="98b4abe1-3917-499f-88a9-62b6056a681f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1be4f0b7-5c8d-4569-a18d-4119766ce22d" xsi:nil="true"/>
+    <Distressing xmlns="98b4abe1-3917-499f-88a9-62b6056a681f">No</Distressing>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C9DAA27DFFA92F4BB2C5702CFD3EC553" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6aabea28346ce19c380ad7ae1976b93b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98b4abe1-3917-499f-88a9-62b6056a681f" xmlns:ns3="1be4f0b7-5c8d-4569-a18d-4119766ce22d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="01b41b15d3cddd94df6a945dcb560182" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C9DAA27DFFA92F4BB2C5702CFD3EC553" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="880dfeb7b35cc19b1cc8d541720c8031">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98b4abe1-3917-499f-88a9-62b6056a681f" xmlns:ns3="1be4f0b7-5c8d-4569-a18d-4119766ce22d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="16545d44213a011314738f4dd3ff7c6a" ns2:_="" ns3:_="">
     <xsd:import namespace="98b4abe1-3917-499f-88a9-62b6056a681f"/>
     <xsd:import namespace="1be4f0b7-5c8d-4569-a18d-4119766ce22d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:Distressing" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="98b4abe1-3917-499f-88a9-62b6056a681f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3147,50 +3149,58 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6af8cfed-64c2-475b-a96a-20ffe17e85ff" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Distressing" ma:index="18" nillable="true" ma:displayName="Distressing" ma:default="No" ma:format="RadioButtons" ma:internalName="Distressing">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1be4f0b7-5c8d-4569-a18d-4119766ce22d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a573eed5-5ed0-49bb-ae09-5c4c2d944a1b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1be4f0b7-5c8d-4569-a18d-4119766ce22d">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -3284,51 +3294,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEE6D1E2-65CE-4EDA-A320-1B6531B98637}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="da6636dc-a4f7-41d2-babb-c2f0a16486da"/>
     <ds:schemaRef ds:uri="ff45799d-62ea-4036-848a-d3b0ab7f3cbe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E12D27D-079C-4855-84AE-62A596E50E86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC600EB7-56C7-49B9-9E07-70AA1A40E98C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2454069B-1B2B-4DBE-A119-32AAC05FD512}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1764</Words>
   <Characters>10055</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>